--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -1229,51 +1229,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-03</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>