--- v1 (2025-12-23)
+++ v2 (2026-03-24)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20230629SP68210679</w:t>
+              <w:t xml:space="preserve">TX-20260313SP10318188A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,118 +343,122 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：
-[...7 lines deleted...]
-                越秀公园地铁站C出口（中国大酒店对面）
+                上车点： 
+                <w:br/>
+                09:00 番禺广场地铁站E出口
+                <w:br/>
+                09:45 纪念堂地铁c出口
+                <w:br/>
+                10:00 天河城南门（体育西地铁C出口对面中国银行）
+                <w:br/>
+                下车点：番禺广场+纪念堂c出口
+                <w:br/>
+                具体出发时间、地点以导游通知安排为准。
+                <w:br/>
+                请客人准时到达出发集合地点，过时不候。
+                <w:br/>
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 宿：全新开业云顶温泉威士忌酒店
                 <w:br/>
                 泡：72℃纯天然“美人汤”硅酸氟特色温泉
                 <w:br/>
-                享：118个特色温泉泡池，畅游超大温泉水泳池
-[...7 lines deleted...]
-                赠送：入住当天威士忌餐厅明档自助午餐【简餐】
+                享：无限次房间泡池+公共区172个特色温泉泡池
+                <w:br/>
+                叹：畅游超大温泉水泳池，水寨乐园，玛雅水寨+干湿蒸房
+                <w:br/>
+                品：丰富自助早餐、加订海鲜自助晚餐双人+260元/间/晚（单人168元）
+                <w:br/>
+                赠送第一天自助午餐【简餐】
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -602,51 +606,51 @@
                 云顶温泉以72℃天然“美人汤”硅酸氟温泉为特色、温泉出水口温度达72 ℃，日出量达三千多吨，水质含硅酸氟、氡、钙、镁、钾、钠等数十种有益矿物质，保健功效显著。结合浓郁的东南亚巴厘岛建筑风情，是理想的旅游度假、商务会议、保健养生之地。各式特色动力温泉，让您在泡浴温泉的同时感受不同的温泉文化与理念。
                 <w:br/>
                 游客抵店在12:00前办理登记手续，酒店赠送当天威士忌餐厅明档自助午餐（肠粉、粥、汤粉面、煎蛋等）客人凭登记到威士忌餐厅享用当天明档自助午餐并在威士忌餐厅休息等候入住，房卡于14:00-14:30由酒店在威士忌餐厅统一分发。如遇不可抗力因素【例如：塞车等】未能在12:00抵达酒店办理入住登记的直通车游客不可享受酒店赠送明档自助午餐，我社不作任何赔偿，但可以在威士忌餐厅休息区休息，在14:00以后到酒店前台自行办理登记手续。
                 <w:br/>
                 套餐二：海鲜自助晚餐
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：酒店海鲜自助晚餐   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：赠送第一天自助午餐【简餐】     晚餐：酒店海鲜自助晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">龙门云顶温泉威士忌酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -988,162 +992,169 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                本线路仅限80周岁以下游客报名。
-[...8 lines deleted...]
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199，质监电话：18027368336】 
+                预订须知：
+                <w:br/>
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
+                <w:br/>
+                <w:br/>
+                <w:br/>
+                温馨提示：
+                <w:br/>
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。 
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。 
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。 
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。 
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                赠送自助午餐注意：
-[...31 lines deleted...]
-                2、KTV：小房（6-8人）588元、中房（8-10人）688-1088元、大房（12-16人）1288元；房费含果盘、纸巾、小食、啤酒。
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。 
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。 
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。 
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。 
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1229,51 +1240,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>