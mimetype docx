--- v0 (2025-11-04)
+++ v1 (2026-01-08)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">FG-20250801-Q3</w:t>
+              <w:t xml:space="preserve">FG-20260101-Q3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,53 +343,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ◆去程参考发车时间：广州南-湛江西 07:00-12:00之间发车，具体班次 以实际出票为准。
-[...1 lines deleted...]
-                ◆回程参考发车时间：湛江西-广州南14:00-22:00之间发车，具体班次 以实际出票为准
+                ◆去程参考发车时间：广州-湛江 07:00-12:00之间发车，具体班次 以实际出票为准。
+                <w:br/>
+                ◆回程参考发车时间：湛江-广州14:00-22:00之间发车，具体班次 以实际出票为准
                 <w:br/>
                 具体班次 以实际出票为准，不能指定，出票后告知。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -399,56 +399,53 @@
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ———— 非凡假期，最美风景在路上 ———— 
                 <w:br/>
                 ◆ 广东自组团，20人成团，30人派全陪
                 <w:br/>
                 <w:br/>
-                <w:br/>
                 ———— 美宿假期，智选酣眠夜 ———— 
                 <w:br/>
                 入住旅游度假酒店，升级1晚千亿元打造的亚洲规模最大单体酒店——【海花岛欧堡度假酒店】
-                <w:br/>
-                <w:br/>
                 <w:br/>
                 <w:br/>
                 ———— GET最美海滨，打卡最美环岛旅游公路 ———— 
                 <w:br/>
                 ◆ 探寻海南西部之美！看万年火山海岸，领略大自然的鬼斧神工——【峨蔓火山海岸】
                 <w:br/>
                 ◆ 号称“媲美加州1号公路”——【石梅湾】会讲故事的最美公路，聆听山海故事
                 <w:br/>
                    ◆ 打卡海南最美环岛旅游公路——【万宁临崖段】
                 <w:br/>
                 <w:br/>
                 ———— 站站游深度，玩透海南 ———— 
                 <w:br/>
                 ◆ 酷炫！贵族生活，奢华体验——【豪华游艇出海】
                 <w:br/>
                 ◆  打卡斥资千亿元打造的全球人向往的旅游度假胜地——中国海花岛1号岛
                 <w:br/>
                 ◆  欣赏震撼世界、全球最绚烂的海岛光影盛宴——海花岛灯光秀
                 <w:br/>
                 ◆  亚洲规模最大玫瑰园、玫瑰之约--浪漫三亚——【亚龙湾国际玫瑰谷】
                 <w:br/>
                 ◆  5A级景区：山海奇观，琼崖第一山水名胜——【大小洞天】
                 <w:br/>
                 <w:br/>
                 <w:br/>
@@ -593,53 +590,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州南—湛江西-徐闻港—海口
-[...1 lines deleted...]
-                各位贵宾请根据车次开车时间，提前1小时抵达动车站，自行乘动车直达湛江西（约3小时），前往海安乘轮渡前往海口，体验【过海轮渡】（约1.5小时），观赏琼州海峡两岸风光。晚餐自理，后入住酒店。
+                广州—湛江-徐闻港—海口
+                <w:br/>
+                各位贵宾根据车次开车时间，提前1.5小时抵达高铁站，乘高铁/动车前往湛江（约3小时），前往海安乘轮渡前往海口，体验【过海轮渡】（约1.5小时），观赏琼州海峡两岸风光。晚餐自理，后入住酒店。
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、我社会有权根据港口及具体班次时间调整行程景点游览的先后顺序，变更住宿地点，保证不减少景点和游览时间，不再另行通知（有疑问请与当地导游协商），如遇自然灾害或交通管制，最终无法参观，我社不做任何赔偿。
                 <w:br/>
                 2、动车票均为系统随机出票，故无法指定连座或指定同一车厢，敬请见谅！
                 <w:br/>
                 3、经铁路局规定自8月1日起实行实名制电子票退/改票业务，若产生退/改票，需提供乘车人有效身份证原件方可办理退/改票，烦请乘车人本人前往退/改票点办理（退/改票点为广州南站、东站、火车站，其他售票点无法处理退票），请游客须知；
                 <w:br/>
                 4、动车团的去程操作指引：游客自行前往动车站，凭着身份证刷卡进站，自行搭乘动车前往湛江西站，抵达湛江西站之后，司机/送团人接送游客前往徐闻码头，并帮游客买船票。游客自行凭着船票搭乘轮渡前往海口，海南导游在海口码头接团。
                 <w:br/>
                 交通：动车/汽车/轮渡
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -853,75 +850,67 @@
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚一地
                 <w:br/>
                 酒店自助早餐
                 <w:br/>
                 游览【亚龙湾国际玫瑰谷】（含电瓶车，游览时间约100分钟）是以"玫瑰之约，浪漫三亚"为主题，以农田、水库、山林的原生态为主体，以五彩缤纷的玫瑰花为载体，集玫瑰种植、玫瑰文化展示、旅游休闲度假于一体的玫瑰谷。（温馨提示：景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物店）
                 <w:br/>
-                前往：【游艇出海活动】（活动时长：约3小时 ）
-[...23 lines deleted...]
-                注意：患有心脏病，高血压，糖尿病，哮喘病，中耳炎，癫痫病，孕妇及各心血管疾病，55岁以上老人（含55岁不赠送摩托艇票）不宜参加水上运动，如有隐瞒自身实际情况，后果自负。游艇所含内容为打包销售，具体项目开放视当天商家安排，各别项目暂停服务、没有体验到的或因天气海浪原因提前返航的不作任何退费，请谅解。
+                体验【游艇激情出海】（约3小时）出海路线：码头出发→远眺鹿头情人山→小青州→凤凰岛→情人湾→远眺第一大道椰梦长廊→三亚角→帆船港附近海域抛锚娱乐→返回码头
+                <w:br/>
+                1、激情摩托艇（体验1分钟）注：55岁以上老人（含55岁不赠送摩托艇票）。
+                <w:br/>
+                2、休闲海钓（含鱼饵、渔具）。
+                <w:br/>
+                3、海上魔毯、香蕉船、蹦蹦床等海上玩具（根据当天海况安排）。
+                <w:br/>
+                4、免费提供：饮料（椰汁、橙 汁 ）、热带特色水果、糖果。
+                <w:br/>
+                5、网红船DJ电音舞会派对，海上电音大狂欢。
+                <w:br/>
+                6、海上勇士踏浪、海天飞龙 表演（欣赏）。
+                <w:br/>
+                7、全程乘客保险。
+                <w:br/>
+                注意：患有心脏病，高血压，糖尿病，哮喘病，中耳炎，癫痫病，孕妇及各心血管疾病，55岁以上老人（含55岁不赠送摩托艇票）不宜参加水上运动，如有隐瞒自身实际情况，后果自负。游艇所含内容为打包销售，具体项目开放视当天商家安排，各别项目暂停服务、没有体验到的或因天气海浪原因提前返航的不作任何退费，请谅解
                 <w:br/>
                 交通：旅游车
                 <w:br/>
                 景点：【亚龙湾国际玫瑰谷】和【游艇出海活动】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：团餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -1159,51 +1148,51 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、交通：往返程动车/城轨票二等票，报名时请提供身份证复印件，动车票均为系统随机出票，故无法指定连座或指定同一车厢，敬请见谅！（备注：◆去程：07：00-12：00之间发车◆回程：15：00-22：00之间发车，不能指定，具体班次出票后告知）
+                1、交通：往返程高铁/动车/城轨票二等票，报名时请提供身份证复印件，动车票均为系统随机出票，故无法指定连座或指定同一车厢，敬请见谅！（备注：◆去程：07：00-12：00之间发车◆回程：15：00-22：00之间发车，不能指定，具体班次出票后告知）
                 <w:br/>
                 2、船票：徐闻=海口往返过渡船票。
                 <w:br/>
                 3、住宿：入住当地旅游酒店双标间，每成人每晚一个床位，若出现单男单女， 客人需补单房差入住双标间，在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解；
                 <w:br/>
                 4、用餐：全程含5正5早；团餐标准30元/人，特色餐50元/人：儋州盐焗鸡；10人一桌包桌（大于10人酌情增菜），所有餐食为包桌，如自动放弃，款项恕不退还。旅游团队用餐，旅行社按承诺标准确保餐饮卫生及餐食数量，但不同地区餐食口味有差异，不一定满足您的口味需求，敬请谅解。。
                 <w:br/>
                 5、用车：当地用车将根据团队人数安排空调旅游车，保证每人1正座；
                 <w:br/>
                 6、导游：当地普通话专业导游服务；
                 <w:br/>
                 7、门票：含以上行程景点首道大门票，不含景点小门票，个人消费及行程上自理的项目。赠送项目如因特殊原因不能成行，不做退款；景区、酒店内设有购物场所属于自行商业行为，与旅行社无关。
                 <w:br/>
                 8、中童：年满6周岁-未满14周岁：含动车儿童优惠票+轮渡全票，含旅游大巴车位+正餐+早餐+景点门票。不占床位。
                 <w:br/>
                 9、小童：年满2周岁-未满6周岁：含轮渡优惠票+旅游大巴车位+正餐+早餐+游艇门票。不占床位/不含其他景点门票（超高自理）。
                 <w:br/>
                 10、婴儿：未满2周岁，只含（旅游大巴车位+游艇票），其他均不含。
                 <w:br/>
                 11、购物点：0个购物店，其他部分景区内自带购物商场，特色商品工作人员会做义务介绍，旅游者购物行为为自主选择，旅行社不接受旅游者关于这方面的投诉述求。温馨提示：免税店不列入旅游购物店范畴。行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用， 公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地 特色文化之用，游客购物为个人自主行为，其他部分景区内自带购物商场，特色商品工作人员会做义务介绍，旅游者购物行为为自主选择，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1753,51 +1742,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-05</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-09</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>