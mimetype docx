--- v1 (2026-01-08)
+++ v2 (2026-03-14)
@@ -1742,51 +1742,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-09</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>