--- v0 (2025-12-25)
+++ v1 (2026-02-10)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【温泉直通车】龙门南昆山温德姆温泉酒店3天| 升级海鲜自助晚餐•打卡无边游泳池+四季水乐园行程单</w:t>
+        <w:t xml:space="preserve">【温泉直通车】龙门南昆山温德姆温泉酒店3天| 含早含晚行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20251101SP68210679</w:t>
+              <w:t xml:space="preserve">TX-20260124SP68210679</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,120 +343,124 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：
-[...1 lines deleted...]
-                09：30纪念堂地铁C出口 
+                上车点：  
+                <w:br/>
+                09:00番禺广场地铁站E出口
+                <w:br/>
+                09:45纪念堂地铁c出口
                 <w:br/>
                 10:00杨箕地铁E1出口
                 <w:br/>
-                下车点：纪念堂地铁站C出口
-[...1 lines deleted...]
-                请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                下车点：番禺广场+纪念堂地铁站C出口
+                <w:br/>
+                具体出发时间、地点以导游通知安排为准。
+                <w:br/>
+                请客人准时到达出发集合地点，过时不候。
+                <w:br/>
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                行程特色：尊享酒店丰富自助早餐
+                行程特色：
                 <w:br/>
                 入住南昆山温德姆温泉酒店（送私家泡池每晚2池水）
                 <w:br/>
-                依云四季公共温泉区，无限次畅泡81个特色温泉泡池
+                依云四季公共温泉区、无限次畅泡81个特色温泉泡池
                 <w:br/>
                 畅玩四季水乐园、幻·水界、梦幻水疗池、冷热旋流池
                 <w:br/>
+                每间房尊享2名1.2米以下儿童早餐、温泉免票
+                <w:br/>
                 4间及以上赠送3小时棋牌室、8间及以上赠送3小时KTV
                 <w:br/>
-                周日-周五出发加订次日午餐30元/间/餐，（周六及节假日入住除外）
-[...3 lines deleted...]
-                升级豪华大/双床+50元/间/晚
+                升级豪华大/双床+100元/间/晚
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -575,95 +579,105 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 第1天 广州—南昆山温德姆温泉酒店（与龙门直通车其他温泉线路同车出发，沿途将各位贵宾送达酒店）
                 <w:br/>
-                09:30/10:00 广州出发，沿途接齐各位贵宾后出发，抵达龙门后午餐自理，餐后集中上车按照顺路原则送客人到各自酒店入住，客人自行凭姓名及手机号码到酒店前台取房，入住后自由娱乐活动。（温泉旺季酒店入住时间14：00之后，自由活动期间需注意人身财物安全，听从景区工作人员指引，根据自身条件选择休闲方式）
-[...3 lines deleted...]
-                <w:br/>
+                10:00 广州出发，沿途接齐各位贵宾后出发，抵达龙门后午餐自理，餐后集中上车按照顺路原则送客人到各自酒店入住，客人自行凭姓名及手机号码到酒店前台取房，入住后自由娱乐活动。（温泉旺季酒店入住时间14：00之后，自由活动期间需注意人身财物安全，听从景区工作人员指引，根据自身条件选择休闲方式）
+                <w:br/>
+                【南昆山温德姆温泉酒店】由依云四季集团投资兴建的国际品牌酒店，由全球最大酒店管理集团—美国温德姆集团(管理)特许经营。 南昆山温德姆温泉酒店坐落于惠州龙门镇温泉之乡，毗邻山清水秀的南昆山；酒店以国际管理经验，为宾客提供卓越的服务，完善的餐饮、会议设施、温泉以及休闲娱乐设施将为您带来愉快的旅行体验。纯净的空气及土壤孕育出高品质的原生态食材，配合酒店特色的潮州烹调手艺，美味一试难忘。（自由活动期间需注意人身财物安全，听从景区工作人员指引，根据自身条件选择休闲方式）
+                <w:br/>
+                客人入住酒店必须凭二代身份证，住房押金约300元/间需自理！
+                <w:br/>
+                棋牌室参考价格：平日（09:00-23:00）58元/小时、通宵（23:01-08:59）88元/小时【自行前台预定】。
+                <w:br/>
+                满4间房以上赠送1间棋牌室（入住期间09:00-18:00，免费使用3小时，仅提供茶水）
+                <w:br/>
+                满8间房以上赠送1间KTV（入住当天期间14:00-17:00，免费欢唱3小时，仅提供茶水）
+                <w:br/>
+                8-11间只能2选1，12间可以安排ktv+麻将
                 <w:br/>
                 【依云四季温泉中心介绍】温泉中心于2023年5月31日开业，位于南昆山温德姆温泉酒店东侧。温泉以纯天然偏硅酸氟泉为特色，泉水中含有48种稀有元素。建筑面积约33000㎡，可同时接待游客1200余人。由室内外温泉、室内外水区、顶楼泳池、公共游乐设施等部分组成，是满足不同客群四季畅玩的度假综合体。依云四季温泉拥有81个形态各异、功能丰富的特色泡池（室内拥有50个泡池、室外拥有31个泡池）、室内外游乐水区共8个、石板烫23个躺位。水上攀岩、高空旋转滑梯、室内外亲子嬉水空间、漂流河、高空悬浮底部透明恒温泳池、电玩城、商超等完备设施，为您提供一站式欢乐游玩体验。参考营业时间：09:00—23:00。
                 <w:br/>
+                18：00-19：30 适时享用自助晚餐
+                <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">南昆山温德姆温泉酒店高级双床房</w:t>
+              <w:t xml:space="preserve">南昆山温德姆温泉酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -695,101 +709,105 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">南昆山温德姆温泉酒店高级双床房</w:t>
+              <w:t xml:space="preserve">南昆山温德姆温泉酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 南昆山温德姆温泉酒店—广州
                 <w:br/>
                 08:00 睡到自然醒，享用早餐。
                 <w:br/>
-                12:00 午餐（自理）。
-[...1 lines deleted...]
-                周日-周五出发加订次日午餐20元/间/餐，单人68元/餐（周六及节假日入住除外）
+                12:00 午餐。
                 <w:br/>
                 地点：二楼四季轩中餐厅，时间：11：30-13:00；此优惠活动仅限提前预，当天不可增加，或者按正价108元/份收费，套餐菜单如下：
                 <w:br/>
-                套餐A：例汤+白切鸡+肉碎炒豆角+蒜蓉时蔬+丝苗白饭（周一、周三入住赠送）套餐B：例汤+红烧肉+火腿玉米丁+蒜蓉时蔬+丝苗白饭（周二、周四入住赠送）套餐C：例汤+紫苏炆鸭+土猪肉炒鲜笋+蒜蓉时蔬+丝苗白饭（周五、周日入住赠送）
-[...1 lines deleted...]
-                约14:00 集合，后统一集中乘车返回广州温馨的家，结束旅程！【时间提供参考，实际按当天通知为准】
+                套餐A：例汤+白切鸡+肉碎炒豆角+蒜蓉时蔬+丝苗白饭（周一、周三入住赠送）
+                <w:br/>
+                套餐B：例汤+红烧肉+火腿玉米丁+蒜蓉时蔬+丝苗白饭（周二、周四入住赠送）
+                <w:br/>
+                套餐C：例汤+紫苏炆鸭+土猪肉炒鲜笋+蒜蓉时蔬+丝苗白饭（周五、周日入住赠送）
+                <w:br/>
+                约14:00 集合，后统一集中乘车返回广州温馨的家，结束旅程！
+                <w:br/>
+                【时间提供参考，实际按当天通知为准】
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -859,53 +877,53 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：按实际参团人数安排空调旅游巴士，一人一正座。
                 <w:br/>
                 2、住宿：南昆山温德姆温泉酒店高级双床房（大床需补差升级豪华房；酒店不设三人房，单人入住需补房差）
                 <w:br/>
-                3、用餐：如行程价目表所示（费用包含的用餐均为酒店配套，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与)
-[...1 lines deleted...]
-                4、温泉：房间私家泡池2池水、无限次公共温泉
+                3、用餐：2天游含1早2正；3天含2早4正（费用包含的用餐均为酒店配套，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与)
+                <w:br/>
+                4、温泉：房间私家泡池每晚2池水、无限次公共温泉
                 <w:br/>
                 5、导游：提供专业导游服务。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -914,50 +932,52 @@
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、行程中一切个人消费自理。
                 <w:br/>
                 2、强烈建议游客自行购买旅游意外保险。
+                <w:br/>
+                3、行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -985,69 +1005,69 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -1160,51 +1180,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-11</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>