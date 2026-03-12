--- v0 (2025-11-23)
+++ v1 (2026-03-12)
@@ -29,65 +29,65 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【纯净海南】海口往返双飞5天 | 蜈支洲岛 | 南山文化旅游区 | 槟榔谷 | 呀诺达热带雨林 | 升级2晚海棠湾网评五钻酒店行程单</w:t>
+        <w:t xml:space="preserve">【纯净海南】海口往返双高5天 | 蜈支洲岛 | 南山文化旅游区 | 槟榔谷 | 亚龙湾天堂森林公园 | 升级2晚海棠湾网评五钻酒店行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">特色海鲜餐，赠送哇哎噜玻璃观景平台体验</w:t>
+        <w:t xml:space="preserve">特色海鲜餐</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">XYMJ-20251029-HK8</w:t>
+              <w:t xml:space="preserve">XYMJ-20260120-HK8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -269,192 +269,192 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">飞机</w:t>
+              <w:t xml:space="preserve">高铁</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">返程交通</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">飞机</w:t>
+              <w:t xml:space="preserve">高铁</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去程：广州-海口AQ1023/21:25-22:40，
-[...1 lines deleted...]
-                回程：海口-广州AQ1024/12:50-14:10，最终航班以实际出票为准。
+                去程：广州白云站-湛江北站07:00-11:00之间高铁车次
+                <w:br/>
+                回程：湛江北站-广州白云站16:00后高铁车次；最终航班信息以实际出票为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★甄选睡眠：升级2晚三亚网评五钻酒店-优选海棠湾麓湖度假酒店
                 <w:br/>
-                ★王牌组合VS人气组合：5A蜈支洲岛、5A南山、5A槟榔谷、5A呀诺达热带雨林游览区
-[...1 lines deleted...]
-                ★贴心赠送：赠送价值98元/人哇哎噜玻璃观景平台、呀诺达雨林穿梭巴士、玫瑰谷电瓶车
+                ★王牌组合VS人气组合：5A蜈支洲岛、5A南山、5A槟榔谷、4A亚龙湾天堂森林公园
+                <w:br/>
+                ★贴心赠送：玫瑰谷电瓶车
                 <w:br/>
                 ★舌尖海南：火车头万人海鲜广场爆款海鲜餐+文昌鸡特色餐+黎家簸箕餐
                 <w:br/>
                 ★品质保障：每团不超22成人
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
@@ -575,76 +575,80 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-海口（飞行时间约70-80分钟）
-[...1 lines deleted...]
-                于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，建议提前2小时抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的椰城—海口（参考航班：广州-海口AQ1023/21:25-22:40，含15kg行李额，具体航班时间以实际出票为准），感受美丽鹿城的热带风情，抵达三亚机场后由工作人员安排接机（等候时间不超30分钟）送往酒店。
+                广州白云站--湛江北站（高铁约1.5-2小时）--徐闻（车程约2.5小时）--海口（轮渡约1小时40分钟）
+                <w:br/>
+                早上于指定时间自行抵达广州白云站乘坐动车抵达湛江北站（高铁车次待定，时间参考：07:00-12:00之间车次；高铁车程约1.5-2小时；备注：如抢不到票情况下则安排动车往返，退差价），抵达湛江后转车前往徐闻码头（车程约2.5小时），后转乘轮渡船前往海口（过海时间约1小时40分钟），途中可欣赏琼州海峡沿海风景。抵达海口码头专人接站送往酒店，自行办理入住手续，后自由活动
                 <w:br/>
                 <w:br/>
                 报名须知：
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
-                3、温馨提示：如早机抵达客人自由活动，全天不含餐、旅游车及导游服务
+                3、温馨提示：抵达海口后客人自由活动，全天不含餐、旅游车及导游服务
                 <w:br/>
                 4、需要自行办理住店手续，交纳住店押金（具体以酒店收取为准，房间无任何损坏等问题情况下退房时押金会给予全部退还）
                 <w:br/>
-                5、海口机场接机为散拼接机，如有其他客人临近航班的会等候一段时间，等候时间不超30分钟，请知悉。
-[...9 lines deleted...]
-                交通：飞机+接机一趟
+                5、动车高铁票均为系统随机出票，故无法指定连座或指定同一车厢，敬请见谅！
+                <w:br/>
+                6、经铁路局规定自2020年8月1日起实行实名制电子票退/改票业务，若产生退/改票，需提供乘车人有效身份证原件方可办理退/改票，烦请乘车人本人前往退/改票点办理（退/改票点为广州南站、东站、火车站，其他售票点无法处理退票），请游客须知；
+                <w:br/>
+                7、高铁团的去程操作指引：游客自行前往广州白云站，凭着身份证刷卡进站安检。
+                <w:br/>
+                8、出于安全考虑：单人预定报名年龄需在25-60岁之间，行动自如，身体健康，并务必留紧急联系人姓名及电话。
+                <w:br/>
+                9、长者预定须知：凡75岁（含75岁）以上老年人，原则上恕不接待。70岁以上老人（含70岁）需要有年轻直系家属（30-55岁之间）陪同，并签订免责协议。
+                <w:br/>
+                10、此线路为特惠促销产品：外籍护照客人参团需加收200元/人；
+                <w:br/>
+                11、湛江-徐闻段安排散拼接驳车往返（车不过海），为请谅解。
+                <w:br/>
+                交通：高铁+轮渡+接驳
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -957,68 +961,73 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                海口-广州（飞行时间约70分钟）
-[...1 lines deleted...]
-                早餐后，自由活动，而后根据航班时间约定送机，结束全部旅程。
+                海口-徐闻（轮渡约1小时40分钟）--湛江北站（车程约2.5小时）-广州白云站（高铁约2小时）
+                <w:br/>
+                早餐后，如果时间充裕，您可以自由打卡海口骑楼老街，或者天空之山、云洞图书馆；
+                <w:br/>
+                ◆  而后根据高铁时间送往海口码头，乘坐轮渡返回徐闻，转乘接驳车前往湛江北站，乘坐高铁返回广州。
+                <w:br/>
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
                 2、行程、景点游览顺序仅供参考，具体视天气及游客实际游览情况而定
                 <w:br/>
                 3、因团队价格为打包优惠价格，持军官证、记者证、老年证、导游证等证件以及60岁及以上的游客，不做任何减免和优惠且费用不退；
                 <w:br/>
-                4、航班参考：海口-广州AQ1024/12:50-14:10，AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。如指定航班，价格请单询。
-[...3 lines deleted...]
-                交通：送机一趟+飞机
+                4、高铁车次参考：为保证行程完整性，建议安排16:00后车次，不指定车次，具体车次以实际出票为准。
+                <w:br/>
+                5、温馨提示：今日只含接送站接驳用车，无导游领队服务；
+                <w:br/>
+                6、海南大部分景区均自设有商场，遵循消费自愿原则，请勿以为我司额外增加购物店，报名请知悉。
+                <w:br/>
+                交通：接驳车+高铁
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1082,71 +1091,77 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、交通：广州—海口往返程机票经济舱、机场建设费、燃油税（不含临时上调的机场税费）；
-[...1 lines deleted...]
-                如遇航空公司航班取消或者计划调整等特殊情况，我司有权利调整航班，最终航班以届时出票信息为准。因航班不稳定，如有出到计划外或者加班机航班，出票前另行通知，如出计划内航班不另行通知，团队出发前24小时通知航班信息。
+                1、交通：广州白云站--湛江北站往返高铁票二等座，徐闻码头-海口码头往返轮渡船票；湛江-徐闻往返散拼接驳车；
+                <w:br/>
+                如遇动车车次取消或者计划调整等特殊情况，我司有权利调整车次，最终车次以届时出票信息为准。
                 <w:br/>
                 2、住宿：入住当地高档标准建设双人间（2晚升级当地超豪华标准建设双人间），不提供自然单间，出现单男单女，单房差不含，如不补房差，则尽量安排三人间或加床；定制类团队产品另议；如入住当晚房间有问题，请及时通知导游处理，过后不作处理，请团友谅解。
                 <w:br/>
                 【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但 未在行程内列明的其他酒店时不另行通知，敬请谅解；本团促销团，当地门票、用餐、酒店等不使用，或因自然原因无法使用，不退费用，如有客人临时退团，团费费用不退，如因此产生单房差需同行客人自理，请知悉；
                 <w:br/>
                 3、用餐：全程含4早4正，早餐酒店含（不用不退），含3个特色餐：海南文昌鸡特色餐+海南本帮菜+1餐火车头万人海鲜广场爆款海鲜餐（赠送项目，不用不退） ，十菜一汤，正餐餐标30元/人，10人1桌，人数增减时，菜量相应增减，但维持餐标不变。此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 4、用车：海南省全程空调旅游车，按实际人数用车，保证每人一正座；
                 <w:br/>
                 5、导游：当地普通话导游服务，费用已含导游服务费，不派全陪。8人以下（含儿童）安排导游兼司机；
                 <w:br/>
                 6、景点：行程注明含景点第一道门票（不含景区内自设项目，另有约定的除外）；行程中包含的“蜈支洲岛”景区因工具特殊，景区对70岁以上老人及行动不便人士（如：孕妇）不予接待。部份景区内设的购物商场，属于景区自行商业行为，不属于旅行社安排的购物商店，旅行社不承担相关责任，游客可自主选择。此线路为特惠产品，如客人自行放弃游览景点费用不退，请知悉。
                 <w:br/>
                 此行程为综合优惠包价产品，若持学生证、 军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减 优惠，敬请注意！客人对此无异议。
                 <w:br/>
-                7、2-11周岁儿童：1.2米以下含往返机票、正餐费及车位费、免费早餐；不占床，不含超高费用。超高儿童现场补门票以景区规定金额为准，非团队政策有可能高于儿童门票价格请知悉。
-[...1 lines deleted...]
-                2 岁以下婴儿不含任何费用，大交通由家长自理；
+                7、【儿童】（2-12周岁）1.2米以下含半价高铁票、旅游车位费、正餐、导游服务费等，不占床不含超高早餐费用、不含超高轮渡船票，不含超高门票费用（超高请自理，部分景区超高界定为1米，部分为1.1-1.2米，不同景区界定定义不同，请知悉），超高儿童现场补早餐、门票以景区（酒店）规定金额为准，非团队政策有可能高于儿童门票价格请知悉。
+                <w:br/>
+                不满6周岁如不占座可退高铁票260元/小；
+                <w:br/>
+                备注：
+                <w:br/>
+                关于高铁票儿童票须知：每一名持票成年人旅客可免费携带一名未满6周岁且不单独占用席位的儿童乘车，超过一名时，超过人数应当购买儿童优惠票。儿童年龄按乘车日期计算。
+                <w:br/>
+                关于轮渡船票儿童票须知：2-11周岁1.2米以下轮渡票免票，1.2-1.5米含半票42元/往返，1.5米（含）以上需按全价票购买84元/往返；（此费用不含，需自理）
                 <w:br/>
                 8、购物点：无；
                 <w:br/>
                 温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用， 公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地 特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购 物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -1164,55 +1179,65 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、游览过程中缆车索道游船费、自由活动期间发生的费用等）。
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住 宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
                 <w:br/>
                 3、单人出行出发前需补足房差；三人出行如不补房差则尽量安排三人间，无三人间则安排加床（多数为钢丝床）。
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。
                 <w:br/>
                 5、航空公司临时增加的燃油附加费。
                 <w:br/>
-                6、不含广州市区到广州白云机场接送，机场集中，机场散团。
-[...3 lines deleted...]
-                9、娱乐项目：晚间自费项目/海上娱乐项目/园中园项目等，客人可根据自身情况考虑是否消费；部分景区不含电瓶车，游客可选择乘坐电瓶车或徒步游览，不影响正常的游览参观。
+                6、不含广州市区到广州白云站接送，高铁站集中，高铁站散团。
+                <w:br/>
+                7、【儿童】（2-12周岁）1.2米以下含半价高铁票、旅游车位费、正餐、导游服务费等，不占床不含超高早餐费用、不含超高轮渡船票，不含超高门票费用（超高请自理，部分景区超高界定为1米，部分为1.1-1.2米，不同景区界定定义不同，请知悉），超高儿童现场补早餐、门票以景区（酒店）规定金额为准，非团队政策有可能高于儿童门票价格请知悉。
+                <w:br/>
+                不满6周岁如不占座可退高铁票260元/小；
+                <w:br/>
+                备注：
+                <w:br/>
+                关于高铁票儿童票须知：每一名持票成年人旅客可免费携带一名未满6周岁且不单独占用席位的儿童乘车，超过一名时，超过人数应当购买儿童优惠票。儿童年龄按乘车日期计算。
+                <w:br/>
+                关于轮渡船票儿童票须知：2-11周岁1.2米以下轮渡票免票，1.2-1.5米含半票42元/往返，1.5米（含）以上需按全价票购买84元/往返；（此费用不含，需自理）
+                <w:br/>
+                8、娱乐项目：晚间自费项目/海上娱乐项目/园中园项目等，客人可根据自身情况考虑是否消费；部分景区不含电瓶车，游客可选择乘坐电瓶车或徒步游览，不影响正常的游览参观。
+                <w:br/>
+                9、外籍护照客人参团需加收200元/人；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1435,51 +1460,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 一、报名参团须知，请认真阅读，并无异议后于指定位置签名确认：
                 <w:br/>
-                1、本产品供应商为：广州逍遥民间国际旅行社有限公司，许可证号：L-GD-100806，质监电话：020-83371233）。此团 10 人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州逍遥民间国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州逍遥民间国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
+                1、本产品供应商为：广州民间假期国际旅行社有限公司，许可证号：L-GD-103425，质监电话：020-19966271941）。此团 10 人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州民间假期国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州民间假期国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 如报名人数不足10成人时无法成团，或遇特殊情况（如：团队特惠机位取消或游客临时退团造成不成团等）致使团队无法按期出行，我社提前5天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我司在不影响原行程游玩标准及游览景点的前提下，根据航空公司机票或火车票 出票时间调整出入港口及行程游玩顺序。具体的行程游览顺序将根据航班安排的首末 站城市最终确定。客人对航班及出入港口有特别要求的，请于报名时向我社前台同事 说明，并将要求写在报名表上，否则我社视客人已清楚旅行社以上安排，同意并接受 旅行社安排。行程游览顺序或用餐安排将根据游玩期间实际情况最终确认，如有调整 由当地导游与游客签名确认。
                 <w:br/>
                 3、由于航班机位等存在不确定因素，我社在确保不影响游客在当地行程游玩标准的 情况下，同一团种出发的游客可能采用不同时间段的航班往返（同一游玩团体可能选 用 2 个或以上的航班班次）。
                 <w:br/>
                 4、机票浮动幅度较大，且部分客人已享受我司报名优惠政策，故导致不同日期报名， 且同团出发的客人，团费有较大差异，无价格退还，敬请旅客注意！
                 <w:br/>
                 5、团队均提前5天或以上订购机票、酒店、车辆、门票等，如客人报名后退团（含 改期，改线，更改登机姓名或证件号码等），根据合同的扣款标准，我社将扣除实际 损失费用（机票、火车票、门票、酒店、车费分摊等，我社不提供机票报销单据，客 人可自行前往航空公司办理），特此说明。
                 <w:br/>
                 6、在保证行程景点游览的前提下，我社将根据旅游目的地实际情况对此参考旅游行 程的景点游览的先后顺序作合理的调整。如遇不可抗力因素（如塌方、大雪、塞车、 天气、航班延误、地质灾害、政府行为等原因），造成行程延误或不能完成游览或缩 短游览时间，不视旅行社违约，未能完成游览的景点我社将按旅行社协议门票价格退 还。
                 <w:br/>
                 7、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃 游览景点（含赠送项目）的，我社视客人自动放弃行程，我社不退返任何费用；客人 擅自、强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游 客注意人身及财产安全，发生此类情况一切后果请客人自行承担，客人离团期间的一 切行为责任游客自负。
                 <w:br/>
                 8、免费景点及赠送项目如发生优惠、免票、自愿放弃或因航班时间、天气、政策性 原因关闭或预约问题等原因导致不能赠送参观的，敬请谅解，我社不退任何费用。旅 游者参加属于高风险性游乐项目的，敬请旅游者务必在参加前充分了解项目的安全须 知并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会 造成身体伤害。在参加此类活动时应当购买相应的个人意外保险。如非旅行社责任造 成的旅游者意外伤害，旅行社不承担相应的赔偿责任。
                 <w:br/>
                 9、海口/三亚 地区是当地旅游度假城市，硬件及软件服务均与沿海发达的广州存在一定差距， 请团友谅解。如遇旺季酒店房满或政府征收等情形，旅行社会另外安排至不低于所列 酒店标准的同类型酒店。
                 <w:br/>
                 10、购物：三亚地区旅游发展较为成熟，包括大部分景区，公园，博物馆，纪念馆，展览馆，民俗展现场所均配备购物场所，行程中途经的休息站，加油站，公共卫生间等地停留仅供休息和方便之用，游客购物为个人自主行为，游客因购物产生的纠纷与本社无关，敬请注意。
                 <w:br/>
                 11、行程服务项目特别约定及说明： A.为了确保旅游顺利出行，防止旅途中发生人身意外伤害事故，请旅游者在出行前做 一次必要的身体检查，如存在下列情况，因服务能力所限无法接待：
                 <w:br/>
                 1）传染性疾病患者，如传染性肝炎、活动期肺结核、伤寒等传染病人；
                 <w:br/>
@@ -1717,51 +1742,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-23</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>