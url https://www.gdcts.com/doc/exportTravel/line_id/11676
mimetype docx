--- v0 (2025-10-19)
+++ v1 (2026-03-17)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【温泉直通车】熹乐谷纯玩2天行程单</w:t>
+        <w:t xml:space="preserve">【温泉直通车】佛冈熹乐谷纯玩2天行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20251011SP19994779</w:t>
+              <w:t xml:space="preserve">TX-20251030SP19994779</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -255,93 +255,93 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">汽车</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">返程交通</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">汽车</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -398,57 +398,61 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、打卡星球无动力乐园  影视厅观影
+                1、打卡星球无动力乐园  影视厅观影
                 <w:br/>
                 2、品尝酒店丰富自助早餐
                 <w:br/>
                 3、入住网红熹乐谷温泉度假酒店，无限次浸泡凤凰温泉；
                 <w:br/>
                 4、打卡ins风景点-什么！？艺术空间；
+                <w:br/>
+                11月1号-2026年2月不夜山谷自助晚餐限时赠送：
+                <w:br/>
+                金银蒜小青龙；木瓜燕窝;一人一份凭券领取
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -565,51 +569,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第1天：广州--午餐（自理）- -佛冈熹乐谷-晚餐自理（客人自选套餐）
+                广州--午餐（自理）- -佛冈熹乐谷-晚餐（客人自选套餐）
                 <w:br/>
                 于指定地方集中，乘坐空调旅游车前往素有温泉之乡、溶洞之乡、广东最美丽乡村之称的历史文化名城—佛冈（车程约1.5小时）
                 <w:br/>
                 11:30抵达后午餐（费用自理）
                 <w:br/>
                 13：00工作人员按客人报名入住的酒店，依次送达，客人自行办理入住手续（每间房交300元-500元/间不等押金），入住时间约14:00后。旅行社会根据情况与聚龙湾/金龟泉/碧桂园/森波拉/鹤鸣洲等佛冈温泉酒店拼车出发，也会根据交通情况调整抵达聚龙湾/金龟泉/碧桂园/森波拉/鹤鸣洲各酒店的先后顺序。
                 <w:br/>
                 【熹乐谷温泉度假酒店】熹乐谷温泉度假区，拥有凤凰温泉、熹村民俗文化村、商务会议场地、婚庆广场、儿童乐园、迷你高尔夫、七彩花田、青青农场、豌豆迷宫、萌宠乐园、熹谷健康养生馆、特色拓展基地等度假配套，全方位满足各种度假所需。度假区由多位全球设计大师历时多年联手设计，传承全球顶尖温泉度假酒店的尊贵血脉，融合中国大唐和东南亚建筑形态，打造独特的唐风泰韵建筑风格。
                 <w:br/>
                 凤凰温泉，占地面积2.5万㎡，依泉脉而打造的温泉养生公园。遵循凤凰呈祥型独特规划了9大特色温泉区，错落有致地分布在别具特色的半山坡地区内，分为景观温泉区、花型屋温泉区、星座温泉区、星空温泉区、半坡温泉区、动感水疗区、水上乐园区、私密温泉区及贵宾SPA汤屋区，各类温泉汤池多达65个，为您提供多种多样的温泉养生疗养体验。
                 <w:br/>
                 18:00自理晚餐，餐后自由活动；
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
@@ -989,50 +993,95 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
                 <w:br/>
                 2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
                 <w:br/>
                 3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
                 <w:br/>
                 4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
                 <w:br/>
                 5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
                 <w:br/>
                 6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
                 <w:br/>
                 （一）含有损害国家利益和民族尊严内容的。 
                 <w:br/>
                 （二）含有民族、种族、宗教歧视内容的。 
                 <w:br/>
                 （三）含有淫秽、赌博、涉毒内容的。 
                 <w:br/>
                 （四）其他含有违反法律、法规规定内容的。 
                 <w:br/>
                 如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">保险信息</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">注：逢周一不夜山谷关闭，升级至西餐厅晚餐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -1072,51 +1121,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-18</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>