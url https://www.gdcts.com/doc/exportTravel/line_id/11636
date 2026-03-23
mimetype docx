--- v0 (2025-10-25)
+++ v1 (2026-03-23)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【新丰红叶世界】新丰2天游丨岭南凉都 “广东小香格里拉“丨日出云海丨唯美星空行程单</w:t>
+        <w:t xml:space="preserve">【韶关新丰红叶世界3天】食足5餐丨“小香格里拉·红叶世界”·春日红枫世界丨泡无限次温泉+温泉游泳池行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20221012SP32990308</w:t>
+              <w:t xml:space="preserve">TX-20260321SP10318347</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -213,249 +213,262 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2</w:t>
+              <w:t xml:space="preserve">3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">汽车</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">返程交通</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">汽车</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：
-[...10 lines deleted...]
-                <w:br/>
+                上下车信息
+                <w:br/>
+                出发点：
+                <w:br/>
+                07:00番禺广场地铁站E出口
+                <w:br/>
+                08:00纪念堂地铁站C出口
+                <w:br/>
+                下车点：原上车点下车
+                <w:br/>
+                市区指定范围内15人或以上定点接送
+                <w:br/>
+                （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
                 <w:br/>
                 请客人准时到达出发集合地点，过时不候。
+                <w:br/>
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                赏：邂逅震撼青云映日 打卡岭南最壮观云海 赏最美日落
-[...7 lines deleted...]
-                享：比城里低十度生活 开启一趟惬意的高山避暑之旅
+                ★震撼眼界 云门山云上飞瀑横空出世
+                <w:br/>
+                ★食足5餐：2早餐+1正餐+2宵夜
+                <w:br/>
+                ★升级入住1晚《全新溪里颂温泉艺术酒店，每间房含独立泡池》，泡无限次温泉+温泉游泳池
+                <w:br/>
+                ★岭南秘境·新丰【小香格里拉·红叶世界】~森呼吸 红枫世界（红叶最佳观赏期3-4月）
+                <w:br/>
+                景区必打卡点：天空之镜、天梯，绝美天空，镜面与天空融为一体超级适合拍照人群。
+                <w:br/>
+                ★观高山生态茶园，星空餐厅打卡，高山牧场，霍比特人小屋，丰富多彩
+                <w:br/>
+                ★广东“布达拉宫”翁源东华寺禅意静心礼佛；千年古寺世界最大翡翠观音
+                <w:br/>
+                升级赠送：
+                <w:br/>
+                穿着闪耀旗袍春游 参团每位女士赠送旗袍一件 （备注：旗袍报名时需要备注好尺码，颜色随机安排不指定！）
+                <w:br/>
+                8人同时报名赠送自动麻将任打2天（每团限2副）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -572,157 +585,223 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                集合—新丰县—午餐自理—入住酒店—自由活动—晚餐自理
-[...13 lines deleted...]
-                注：红叶最佳观赏期3-4月，10-12月，云海最佳观赏期1-8月，11-12月、日出日落最佳观赏期5-12月、雾凇冰挂1-2月 。
+                出发-岭南红叶世界--午餐自理-东华禅寺—入住酒店-晚餐（自理）
+                <w:br/>
+                早上于指定时间和地点，乘坐空调旅游车前往在《狂飙》里演高启强的张颂文老师的家乡----韶关市新丰县，午餐自理，后前往国家5A 级旅游区【岭南红叶世界】（包含：景区大门票；不含：天空之城往返观光车+游园往返观光车，如需乘坐敬请自理 40 元/人）。岭南红叶世界有“广东香格里拉”之称，位于广东省韶关市新丰县黄磜镇茶峒村青云山脉，平均海拔1000 米左右， 因特殊的地理位置 ，这里每年的云海可达到90 天 ，比中国五大名山的云海天数还要多。也是摄影爱好者们拍日出、日落和云海的摄影天堂。园区春天的时候百花盛开，有樱花、羊角木花，还有各种叫不出名字的花儿，当然不可错过春枫啦，红叶的红与茶田的绿，点缀成景区最美的风情。夏天的时候，这里气候凉爽，最高温度不超25度，是避暑纳凉的好地方。秋天的时候，秋枫又成为主角，将景区映照成红色的海洋。冬天的时候，雾凇和冰挂使这里成为童话世界，是粤港澳大湾区感受冬天最近的地方。（注：红叶最佳观赏期3-4月，10-12月，云海最佳观赏期1-6月，11-12月、日出日落最佳观赏期5-12月、雾凇冰挂1-2月 。）客人于景区尽情游览观光，打卡古风石桥，参观梦幻泡泡屋体验透明玻璃房子，畅游山野超长滑梯、打卡网红观景台 ，游玩《霍比特人小屋》。翠绿的山坡上点缀着明镜般的湖泊，霍比特人居住的半圆形地洞木屋散落其间，连同山间小道、篱笆和花园，构成了一幅带着奇幻味道的惬意田园画卷。打卡高山有机茶园，在青云山脚下的新丰县黄礤镇茶峒村有着悠久的茶叶历史，清朝至今还流传着“嘉靖皇帝赐名茶洞，三叶雪耳香飘京都”的传说，岭南红叶世界的三叶雪高山茶更为茶峒村一代出品之最。到了采茶季还可以安排茶叶采摘，逛茶园后可前往高山牧场《咩咩谷》游玩 ，有羊陀，小羊等等可爱小动物在园里嬉戏。打卡魔法森林拍拍照，体验各种游玩项目，可以自由选择。
+                <w:br/>
+                随后游览前往【东华禅寺】东华禅寺历经1500多年历史，属禅宗道场，始建于南朝502年，由禅宗六祖惠能命名为东华禅寺。1997年，万行法师在此闭关潜修三年，终悟本源后复建东华禅寺。东华山风景区为国家4A级旅游景区。后前往韶关舒适型酒店入住，晚餐自理后自由活动。
+                <w:br/>
+                约21：00赠送宵夜：助睡眠香甜牛奶一杯。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：岭南红叶世界
-                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">网红星空玻璃房或同级</w:t>
+              <w:t xml:space="preserve">韶关舒适型酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                酒店早餐—自由活动—午餐自理—返回广州
-[...13 lines deleted...]
-                【行程所列时间仅为参考时间，具体时间以当天路况为准。敬请客人谅解！】
+                早餐-云门山-午餐（自理）-入住温泉酒店-晚餐-自由浸泡温泉
+                <w:br/>
+                早餐后，前往游览【云门山旅游度假区】（重本包含云门山大门票，游览约3小时）景区坐落在世界过山瑶之乡广东省乳源瑶族自治县境内，位于云门禅宗发祥地、以“农禅并修”而著称的云门寺佛教文化生态保护区西北面。景区与云门大觉禅寺紧密相邻，占地面积约80万平方米，森林植被覆盖率高达89.3%,景区内奇峰林立，古木参天，空气清新，山花烂漫，动植物品种丰富，全年林中溪水潺潺，平均气温在19度左右，是旅游、观光、漂流、探险、休闲、祈福的理想之地。（可自费索道，单程(上行)70元，单程(下行)40元，双程110元，自愿消费） 【云门山玻璃桥】于2017年9月正式对外开放，将是广东省首座全透明高空玻璃桥，桥面全部采用透明玻璃铺设，悬于望君台直通对面山峰，两峰地势险峻，中间峡谷横穿。踏在玻璃桥上，景区峡谷风光尽收眼底。行走其上彷如“人在空中走，景在脚下游”，惊险无比；云深雾重之际，桥上悬空赏景漫步云端，如若“脚踏祥云，腾云驾雾”。 前往观赏云门山【云天飞瀑】是集世界最高和最大的瀑布内观景电梯，瀑布出水口宽八米，从顶端直流而下，落差达168米，相当于五十层楼的高度。瀑布内安装有三台观景电梯，每台观景电梯可一次容纳15人，是世界上罕见的瀑布与观景电梯组合游玩体验项目。瀑布顶端设80米长的玻璃观景平台供游客观赏，世界最高瀑布内观景电梯，世界上最大的瀑布内观景电梯。（可自费观景电梯，单程(上行)20元，单程(下行)20元，双程40元，自愿消费） 前往【过山瑶古村落】观看瑶族风情表演；项目占地约50亩，村落高差约130米。古村落沿峡谷而建，峡谷全长约3.4公里，古村寨内有长鼓舞、竹杠舞、击鼓、顶杠、吹牛角、唱山歌和服饰风情表演，有瑶绣、瑶家美食、瑶医瑶药、水墨豆腐豆浆等古法制作和非遗展示。当游客走进过山瑶古村落，可以亲身体验过山瑶淳朴的游耕生活，感受瑶族农耕、纺织、刺绣、美食、歌舞等带来游玩乐趣。 
+                <w:br/>
+                约12：00午餐自理，后前往入住汤溪温泉小镇-【溪里颂艺术温泉酒店-私汤温泉房】；韶关汤溪四面环绕青山绿水，这里有常年不绝从地底涌涌而出的最纯净的温泉水，汤溪温泉是天然形成的罕见硫磺真温泉，水温高达85℃，溪里颂每个房间都带有私人小汤池，您可足不出户就能享受泡温泉温泉，富含碘、溴、锂、锶、偏硼酸、硫化氢。室外有12个温泉池和一个温泉泳池。
+                <w:br/>
+                约18:00 享用晚餐后，自由活动。
+                <w:br/>
+                约21：00赠送宵夜：助睡眠香甜牛奶一杯。
+                <w:br/>
+                交通：汽车
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">溪里颂艺术温泉酒店</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                早餐-自由活动-午餐（自理）-返程
+                <w:br/>
+                享受一个在大自然的美妙呼唤，不被闹钟吵醒的早上。自行前往酒店餐厅享用自助早餐，早餐后自由活动；约11：30分办理退房，午餐自理后，乘车返程，结束愉快之旅！
+                <w:br/>
+                【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
+                <w:br/>
+                此赏花枫叶线路，旅行社根据往年景区最佳时期预先开发出团班期，但银杏效果，容易受到温度、空气、水份等不可控因素影响对欣赏效果出现偏差。当此情况发生时为准，旅行社不作任何赔偿。敬请谅解。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -788,109 +867,130 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、交通：按实际参团人数安排空调旅游巴士，每人1正座。
-[...7 lines deleted...]
-                5、购物：纯玩全程无购物。
+                1.2米以上/成人：498元/人
+                <w:br/>
+                <w:br/>
+                1.2米以下：299元/人（含往返车位）
+                <w:br/>
+                <w:br/>
+                酒店没有三人房，需补单房差：300元/人
+                <w:br/>
+                减房差：无
+                <w:br/>
+                如报名儿童身高与实到儿童身高不符，超高费用客人自理
+                <w:br/>
+                <w:br/>
+                【费用包含】
+                <w:br/>
+                1.交通：按实际参团人数安排空调旅游巴士，每人1正座
+                <w:br/>
+                2、用餐：2早餐1正餐2宵夜(早餐均为套餐，不用不退费用)；
+                <w:br/>
+                早餐均为酒店配套，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与)
+                <w:br/>
+                3、住宿：1晚韶关舒适型酒店+升级1晚溪里颂艺术温泉酒店或同级（随机安排，不指定大床/双床）
+                <w:br/>
+                4、景点：含行程所列景点第一道大门票（不含园中园门票，旅行社优惠打包价格，无儿童、长者免票/半价优惠）
+                <w:br/>
+                5、导游：含全程优秀导游服务；
+                <w:br/>
+                6、购物：无购物。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、团费不含游客旅途中的一切个人消费和旅游意外保险，请游客自愿购买团体旅游意外保险。
-[...1 lines deleted...]
-                2、其他未约定由组团社支付的费用（包括单人房差、不可抗力因素（风雪、塌方、交通堵塞等）造成的延误和无法继续履行合同的额外费用等）。
+                1、行程中一切个人消费自理。
+                <w:br/>
+                2、强烈建议游客自行购买旅游意外保险。
+                <w:br/>
+                3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会安排附近自由活动））
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -918,69 +1018,69 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199，质监电话：18027368336】 
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -988,76 +1088,71 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、客人出团当天需要出示穗康码和接受体温测量，如出现下列情况之一，视为因客人原因退团。旅行社有权拒绝客人上车，客人应自觉配合。
-[...24 lines deleted...]
-                4、心脏病、高血压、腿脚不便等不宜进行登山活动，请各位团友根据自身的身体状况参加团队活动，如须暂时脱离团队且自由活动，请向当团导游提前声明并提出书面报告。
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。 
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。 
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。 
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。 
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1098,51 +1193,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>