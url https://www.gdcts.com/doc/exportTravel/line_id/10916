--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【一价全含 纯玩真品质】云南昆明大理丽江双飞一动6天|丽大双古城|玉龙雪山冰川大索道|蓝月谷|大理洱海双廊古镇、喜洲洱海有风之旅|束河古镇|石林|印象丽江表演（升级昆明升级一晚国际品牌豪华酒店)行程单</w:t>
+        <w:t xml:space="preserve">【一价全含 纯玩真品质】云南昆明大理丽江双飞一动6天|丽大双古城|玉龙雪山冰川大索道|蓝月谷|大理洱海双廊古镇、喜洲洱海有风之旅|束河古镇|石林|印象丽江表演（升级一晚国际品牌希尔顿酒店)行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -390,63 +390,67 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ▲广东成团：纯玩昆大丽6天，收客无担忧
                 <w:br/>
-                ▲动车升级：省内段升级大理动车返回昆明
-[...11 lines deleted...]
-                ▲演出赠送：雪山实景秀《印象丽江》
+                ▲BOSS直踩常年好评，纯玩0自费 
+                <w:br/>
+                ▲满15人升级2+1豪华头等舱大巴
+                <w:br/>
+                ▲全年保证玉龙雪山大索道
+                <w:br/>
+                ▲玉龙雪山二次进山
+                <w:br/>
+                ▲全程臻选4钻+升级1晚品牌5钻希尔顿酒店  
+                <w:br/>
+                ▲省内首选丽江动车或者大理动车返昆明
+                <w:br/>
+                ▲IP景点：昆明石林+玉龙雪山+冰川大索道+双廊古镇+大理喜洲有风之旅
+                <w:br/>
+                ▲表演：赠送雪山实景秀印象丽江表演
+                <w:br/>
+                ▲特色餐: 撒尼迎宾宴，野生菌火锅，大理南涧跳菜
                 <w:br/>
                 ▲增值服务：新婚夫妻赠送一晚鲜花铺床，行程中过生日（凭身份证）赠送蛋糕一个
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -630,51 +634,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">昆明四钻参考酒店：蔚徕J酒店、新思潮、万达悦华、朗玺、凯姆德、云琪酒店、华德花园、汉唐莲花、铭春国际、高原明珠、丰元或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">昆明四钻参考酒店：昆明杋高酒店、蔚徕J酒店、万象城西姆、万达悦华、朗玺酒店、御龙花园、昆明泽熙、昆明美豪酒店、昆明皓悦酒店、昆明恒盛酒店 或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -722,385 +726,366 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：撒尼迎宾宴     晚餐：野生菌火锅   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">楚雄网评四钻酒店：楚雄澜辰、云华酒店、维也纳、玉华、建华、悦莱、世纪星、永兴或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">楚雄网评四钻酒店：楚雄澜辰酒店、永兴酒店、紫月湾温泉酒店、维也纳国际酒店、楚雄云端大酒店、楚雄翰承国际温泉酒店、云华酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 楚雄--大理（车程约2.5小时）
                 <w:br/>
                 早餐后楚雄乘车前往大理，游览【双廊古镇】是适宜人居的小镇，素有“大理风光在苍洱，苍洱风光在双廊”之盛誉。玩在双廊，吃在双廊，双廊就是这样的一个美好的地方，在这一个文艺而特别的地方。
                 <w:br/>
-                随后前往【开启大理有风喜洲浪漫之旅】：网红小马车-古生村-洱海生态廊道电瓶车-海舌S弯+喜洲夫妻树-马帮下午茶；   
-[...11 lines deleted...]
-                6、品马帮【下午茶】享受惬意时光。行程结束后返回古生停车场，乘坐大巴车。
+                随后前往【开启大理有风喜洲浪漫之旅】音乐酒吧车大篷车+廊道s湾骑行+金花共舞+旅拍+航拍+马帮下午茶（赠送电子版照片3张，每团一个60秒小视频制作） 
                 <w:br/>
                 结束后乘车前往餐厅用晚餐，特别安排【大理南涧跳菜】餐厅可体验大理白族原生态【篝火晚会】（篝火为非明火，仅作为观赏之用）场地也提供【白族服饰换装】欢迎有兴趣的朋友参与进来体验。
                 <w:br/>
-                【温馨提示】
-[...3 lines deleted...]
-                2.大理是一个少数民族聚居的地方，请尊重当地少数民族的风俗，不要乱丢垃圾。一是为保护环境，二是尊重民族习惯。双廊的气温总体偏低一点，洱海边更是风大，请做好保暖工作。晴天时双廊阳光、紫外线强烈，建议带遮阳帽、太阳镜。
+                【温馨提示】提前准备好拍照各类道具、服装；各位贵宾涂抹好防晒霜，带好遮阳帽等，并注意安全。大理是一个少数民族聚居的地方，请尊重当地少数民族的风俗，不要乱丢垃圾。一是为保护环境，二是尊重民族习惯。晴天时双廊阳光、紫外线强烈，建议带遮阳帽、太阳镜。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：大理洱海、双廊古镇、喜洲有风之旅 、大理白族篝火晚会
+                景点：大理洱海双廊古镇、喜洲有风之旅 、大理白族篝火晚会
                 <w:br/>
                 到达城市：大理市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐     晚餐：团餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">大理网评4钻参考酒店：大理理途、大理cinnie花园酒店、大理天香仁和、大理漫悦·M花园酒店、大理美仑酒店、麗枫酒店、景岸逸林酒店或不低于以上标准</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐     晚餐：大理南涧跳菜   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">大理网评4钻参考酒店：大理理途、大理cinnie花园酒店、大理天香仁和、大理漫悦·M花园酒店、大理美仑酒店、麗枫酒店、景岸逸林酒店、云起大理或不低于以上标准</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 大理古城-BUS丽江-玉龙雪山-丽江古城  （车程约2小时）
                 <w:br/>
                 早餐后酒店大堂集合，乘车前往游览【大理古城】街道两旁，白族民居古香古色。城内由南到北，一条大街横贯其中深街幽巷，由西到东纵横交错，全城清一色的清瓦屋面，鹅卵石堆砌的墙壁，显示着古城 的古朴、别致。
                 <w:br/>
-                 中午赠送“雪山餐包”,后乘车前往丽江游览以“险、奇、美、秀”著称的【玉龙雪山风景区】（整个景区游览约120分钟不含排队和上索道时间），乘索道（含进山费、含大索道、含环保车 成人赠送雪山能量包：小瓶氧气+防寒服）观雪山，沿途欣赏原始森林。（备注：玉龙雪山索道票限量接待，会根据抢票的时间段，前后调整景点游览顺序，具体以实际安排为准）温馨提示：
-[...8 lines deleted...]
-                （二）关于儿童暑假、寒假、黄金周以及门票紧张的玉龙雪山儿童门票的告知：
+                 中午赠送“雪山餐包”,后乘车前往丽江游览以“险、奇、美、秀”著称的【玉龙雪山风景区】（整个景区游览
+                <w:br/>
+                约120分钟不含排队和上索道时间），乘索道（含进山费、含大索道、含环保车 成人赠送雪山能量包：小瓶氧气+防寒服）观雪山，沿途欣赏原始森林。（备注：玉龙雪山索道票限量接待，会根据抢票的时间段，前后调整景点游览顺序，具体以实际安排为准）温馨提示：玉龙雪山大索道管理处告知，2015年起丽江玉龙雪山风景区参观实行限流政策，游客乘坐大索道前往冰川公园执行实名制预约制度，我社尽量预约大索道门票。如遇天气、检修停运或限制游览人数等不可抗力原因不能上大索，则将改为景区应急索道票（云杉坪索道或牦牛坪索道），并退差价80元/人。如三条索道皆限流或停运，将现退差价120元/人不上索道。请知悉，敬请理解！结束后乘车前往世界文化遗产、中国历史文化名城【丽江古城】（自由活动）(丽江古城属于开放式景点，游客自由游览，自行返回酒店)打卡网红地标：丽江之眼、网红油纸伞。晚餐自理，各位可自行品尝特色小吃。
+                <w:br/>
+                <w:br/>
+                <w:br/>
+                【温馨提示】：关于儿童暑假、寒假、黄金周以及门票紧张的玉龙雪山儿童门票的告知：
                 <w:br/>
                 1、身高范围在1.4米（含）以上，则按成人团队套票报名时需购买：儿童只要超过1.4米的身高，都需要提前输单制团队卡（针对旅行社输单制卡只能按成人票价格来结算），临时现场补票是不保证贵宾的儿童能补到票的，可能会出现家长有票，儿童只能在雪山下等家长的情况，所以建议携带儿童身高超1.4米的家庭务必报名时确认身高以免造成不必要的损失和不便，儿童雪山结算价格402元（古维50+进山费210元+大索120+电瓶车20+保险2）。
                 <w:br/>
                 2、身高范围在：1.2-1.39米的按景区现场优惠价补票，1.19米以下免费（仅参考，具体根据景区现场收费标准来）。
                 <w:br/>
                 3、儿童价不含印象丽江表演费用，景区挂牌价280元，儿童具体收费标准根据景区实际情况收取。
                 <w:br/>
-                4、玉龙雪山大索道海拔4500m以上，如出现头晕、呼吸困难等症状，请尽快告知随团导游或景区工作人员；
-[...1 lines deleted...]
-                5、游览期间索道口游客集中，有可能会出现排队现象，请耐心等待；雪山上温度较低，游览时请注意防寒保暖；
+                4、玉龙雪山大索道海拔4500m以上，如出现头晕、呼吸困难等症状，请尽快告知随团导游或景区工作人员；玉龙雪山是景区，旅游旺季和节假日人很多，为了广大游客的安全及游览次序，排队乘索道需要一些时间，请勿拥挤，遵守秩序，文明出游。上雪山需要一定体力，在上山之前，建议带上适量红牛、巧克力之类的高热量食品，以补充能量。
+                <w:br/>
+                5、游览期间索道口游客集中，有可能会出现排队现象，请耐心等待；雪山上温度较低，游览时请注意防寒保暖；玉龙雪山温度较低、海拔较高，根据自身身体情况，若需要防寒服及氧气，可以在景区租用，费用自理。索道为实名制提前制卡，若至景区因个人原因放弃游览，无法退费，敬请谅解。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：大理古城 、玉龙雪山、蓝月谷、丽江古城
+                景点：大理古城 、玉龙雪山、 丽江古城
                 <w:br/>
                 到达城市：丽江市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：（雪山餐包）     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">丽江网评四钻参考酒店：丽江隐茂民宿、玉珑国际、柏宇云龙、慕伦朗格、金岛、宏泰、金恒、吉祥圆、麦客达温德姆或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：雪山餐包/团餐     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">丽江网评四钻参考酒店： 丽江柏宇云龙、玉珑国际、丽江隐茂、慕伦朗格酒店、金岛酒店、 祥和一号、 艾维亚丽呈、丽江迈克达温德姆或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                束河古镇-印象丽江-大理动车返昆明 （动车车程约3.5小时）
+                丽江-动车-返昆明 （动车车程约3.5小时）
                 <w:br/>
                 早餐后游览【束河古镇】（约2小时）,沿着中济海东侧的大路行进约四公里，便见两边山脚下一片密集的村落,这就是被称为清泉之乡的束河古镇 。
                 <w:br/>
-                后乘车二次进山，赠送安排观看原生态大型实景演出《印象·丽江》（观演时间约60分钟 赠送项目 不退不换）以雪山为背景，汲天地之灵气，取自然之大成，以民俗文化为载体，用大手笔的写意，在海拔3100米的世界上最高的演出场地，让生命的真实与震撼，如此贴近每一个人。
-[...1 lines deleted...]
-                   结束后前往大理动车返回昆明（第五天动车期间无导游，贵宾到达昆明后，由昆明集散导游接团）抵达昆明后入住酒店。注：如遇旺季（暑期，春节、国庆小长假、其他节假日）、其他特殊原因导致动车票无法保证的情况下，我社将改为大理动车昆明或者汽车返昆。晚上抵达昆明酒店入住
+                后乘车二次进山，赠送安排观看原生态大型实景演出《印象·丽江》（观演时间约60分钟 赠送项目 不退不换）以雪山为背景，汲天地之灵气，取自然之大成，以民俗文化为载体，用大手笔的写意，在海拔3100米的世界上最高的演出场地，让生命的真实与震撼，如此贴近每一个人。游览【蓝月谷】（不推不含电瓶车，步行游览)在晴天时，水的颜色是蓝色的，而且山谷呈月牙形，远看就像一轮蓝色的月亮镶嵌在玉龙雪山脚下，所以名叫蓝月谷。
+                <w:br/>
+                    首选丽江动车或大理动车返回昆明（第五天动车期间无导游，贵宾到达昆明后，由昆明集散导游接团）抵达昆明后入住酒店。注：如遇旺季（暑期，春节、国庆小长假、其他节假日）、其他特殊原因导致动车票无法保证的情况下，我社将改为大理动车返昆明或者汽车返昆。晚上抵达昆明酒店入住
                 <w:br/>
                 交通：汽车、动车
                 <w:br/>
-                景点：束河古镇 、  印象丽江表演、
+                景点：束河古镇 、  印象丽江表演、蓝月谷
                 <w:br/>
                 到达城市：昆明市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">昆明花之城豪生酒店、华美达安可、西部智选假日、麦克达温德姆、鑫盛达宏昇、铭春国际、威尔登大酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">昆明品牌五钻参考酒店：昆明希尔顿逸林、亿壕温德姆、温德姆豪庭、昆明德尔塔酒店、昆明惠玥温德姆酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 昆明-广州（航程约3小时）
                 <w:br/>
                 酒店早餐后，游览昆明【散客集散中心】（备注：早餐后统一时间出发前往集散中心，在集散中心根据航班统一送站，如因自身原因最后一天不去集散中心，需补费用100/人）逛完集散中心之后午餐免费赠送昆明特色过桥米线.后根据您的时间送您前往机场，乘机返回温馨的家。
                 <w:br/>
                     备注：不去集散赠送景点+过桥米线视为自动放弃
                 <w:br/>
-                如飞机团是晚班机，下午赠送应季盲盒【滇池大坝或（陆军讲武堂周一闭馆+翠湖公园）或蓝花楹 赠送项目不退不换】
+                如飞机团是晚班机，下午赠送应季盲盒【滇池大坝   赠送项目不退不换】
                 <w:br/>
                 【温馨提示】
                 <w:br/>
                 退房、返程前请仔细整理好自己的行李物品，请不要有所遗漏，增加您不必要的麻烦。感谢各位贵宾对我们工作的支持和理解，针对我们的精心安排和导游服务工作中的不足，请留下您的宝贵意见。我们希望有机会再次为您服务，如果您对这次云南之行感到满意，请不要吝啬介绍给您的亲朋好友，谢谢！
                 <w:br/>
                 交通：汽车，飞机
                 <w:br/>
                 到达城市：广州市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1533,51 +1518,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-05</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>