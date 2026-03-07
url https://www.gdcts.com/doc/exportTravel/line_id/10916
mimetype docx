--- v1 (2025-12-25)
+++ v2 (2026-03-07)
@@ -1518,51 +1518,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>